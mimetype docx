--- v0 (2026-02-01)
+++ v1 (2026-03-24)
@@ -416,69 +416,1320 @@
         <w:t>John 3:7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49BF0544" w14:textId="5B571685" w:rsidR="009351B3" w:rsidRDefault="009351B3" w:rsidP="009351B3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>What does Jesus compare the unseen work of being born of the Spirit to?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4174B0C1" w14:textId="0C81D962" w:rsidR="009351B3" w:rsidRPr="009351B3" w:rsidRDefault="009351B3" w:rsidP="009351B3">
+    <w:p w14:paraId="4174B0C1" w14:textId="0C81D962" w:rsidR="009351B3" w:rsidRDefault="009351B3" w:rsidP="009351B3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>John 3:8</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009351B3" w:rsidRPr="009351B3">
+    <w:p w14:paraId="4C91860E" w14:textId="5CCBA906" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>What was Nicodemus’s response to what Jesus said about being born of the Spirit?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C21557C" w14:textId="3C841329" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724FB391" w14:textId="19225DFA" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Does Jesus imply that as a teacher (master) Nicodemus should know about the new birth?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE02165" w14:textId="30C42A02" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FF0695" w14:textId="5B04AB29" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Even though Jesus taught what He knew and what He saw, did they receive His witness?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40228D2D" w14:textId="4735201A" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFFEF26" w14:textId="22E39ED5" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What is the answer to Jesus’s question in this verse?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D452AF1" w14:textId="2B782251" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E94017" w14:textId="090AE5A8" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Where does this verse say that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Son</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of man is?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE8634F" w14:textId="748A4D82" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CA7089" w14:textId="284168C4" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lifted up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the serpent in the wilderness?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACD0DEF" w14:textId="2927F18F" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3765FE0E" w14:textId="7115063F" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What will a person receive who believes on the Lord Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD09F6B" w14:textId="61BD73DE" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BC4208A" w14:textId="69624AFE" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did God do because He loved the world?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1205D018" w14:textId="2B1380FA" w:rsidR="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D869FF7" w14:textId="2C4FE27A" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Did God send His Son into the world to condemn the world?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B071B2" w14:textId="445D64C6" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052BF01F" w14:textId="2D12CEF4" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Is a person condemned already because he has not believed in the name of the only begotten Son of God?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47135E1A" w14:textId="7D28B2BC" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B8CCBB" w14:textId="086BE84F" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What do men love rather than light?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DFA100" w14:textId="10CE2709" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E98713" w14:textId="73DDA67D" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Why is it that men hate the light and refuse to come to it?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F847A7F" w14:textId="7D4651A8" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55183ED3" w14:textId="3F96C201" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Whose deeds are made manifest that they are wrought in God?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5519C207" w14:textId="150CDB13" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F9C248" w14:textId="5DBAF08B" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What happened when Jesus and his disciples tarried in the land of Judaea?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22794B66" w14:textId="7AA479A0" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715BFB05" w14:textId="4C8BC985" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Was John the Baptist still baptizing at his time of Jesus’s ministry?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173BCFEE" w14:textId="2FF67FDB" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277EAF6F" w14:textId="051C33DE" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Was John imprisoned by Herod at this time?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6586042E" w14:textId="788E45E4" w:rsidR="00F632E0" w:rsidRDefault="00F632E0" w:rsidP="00F632E0">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A080B17" w14:textId="4E7E6737" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What was the question between the disciples of John the Baptist and some of the Jews about?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621046DC" w14:textId="1DE5A53C" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0D2A31" w14:textId="33286166" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did the people call John the Baptist?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BF68A6" w14:textId="367475E2" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F35DD77" w14:textId="21031703" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> According to John the Baptist, what can a man receive if he is not given it from heaven?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44284D78" w14:textId="331BCB58" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E27ED0" w14:textId="14FF6C9B" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What two things did John the Baptist remind the people that he said about the Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8F42B8" w14:textId="06AFB7F3" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482D639F" w14:textId="7ADE03C2" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who did John the Baptist say that he was in relation to the bride and the bridegroom?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5740B755" w14:textId="155AB308" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:29</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B1B75B" w14:textId="1DB9408A" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who must increase according to John the Baptist?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48ADA931" w14:textId="03357AC3" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DAED14" w14:textId="3F56097D" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Who did John the Baptist say was above all?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3042D0" w14:textId="3A17EAC1" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>John 3:31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C5A613" w14:textId="0EBF59FE" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did John the Baptist say that Jesus </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tewtified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A3D940" w14:textId="66E48AE2" w:rsidR="007F43DF" w:rsidRDefault="007F43DF" w:rsidP="007F43DF">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:32</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C0DFDC" w14:textId="351E33B4" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What are we saying when we receive the testimony of Jesus Christ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D81AF05" w14:textId="5FAD9D49" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:33</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB42B63" w14:textId="4DF88964" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did God give to the Christ without measure?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0330E74E" w14:textId="1387CE86" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:34</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4547F8E1" w14:textId="005F6DA9" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What did the Father give to the Son because He loved Him</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAA124F" w14:textId="2CC0BDCD" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:35</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED78ED3" w14:textId="6F7116ED" w:rsidR="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> What abides </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the person that will not believe </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Son</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="157E1F8D" w14:textId="2A25082A" w:rsidR="0096123A" w:rsidRPr="0096123A" w:rsidRDefault="0096123A" w:rsidP="0096123A">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>John 3:36</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5553C073" w14:textId="77777777" w:rsidR="00B27FAB" w:rsidRPr="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B0EE49" w14:textId="77777777" w:rsidR="00B27FAB" w:rsidRPr="00B27FAB" w:rsidRDefault="00B27FAB" w:rsidP="00B27FAB">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B27FAB" w:rsidRPr="00B27FAB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -937,51 +2188,51 @@
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="395319599">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="619995464">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="320667835">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="632711736">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1594701868">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0009410F"/>
     <w:rsid w:val="00004871"/>
     <w:rsid w:val="0000618B"/>
     <w:rsid w:val="000471AD"/>
     <w:rsid w:val="00065BDC"/>
     <w:rsid w:val="0009410F"/>
     <w:rsid w:val="000A2E93"/>
     <w:rsid w:val="000C6A8F"/>
     <w:rsid w:val="000C7444"/>
     <w:rsid w:val="000E70A1"/>
     <w:rsid w:val="000F2D5C"/>
     <w:rsid w:val="00124457"/>
     <w:rsid w:val="00133A5E"/>
@@ -990,50 +2241,51 @@
     <w:rsid w:val="00156674"/>
     <w:rsid w:val="0016132B"/>
     <w:rsid w:val="00164657"/>
     <w:rsid w:val="00172B4B"/>
     <w:rsid w:val="0017396E"/>
     <w:rsid w:val="00187767"/>
     <w:rsid w:val="001A604F"/>
     <w:rsid w:val="001B575C"/>
     <w:rsid w:val="001B75F6"/>
     <w:rsid w:val="001C406D"/>
     <w:rsid w:val="001C711E"/>
     <w:rsid w:val="001D0845"/>
     <w:rsid w:val="001D3B0A"/>
     <w:rsid w:val="001E6F24"/>
     <w:rsid w:val="00202567"/>
     <w:rsid w:val="00210B52"/>
     <w:rsid w:val="00235E50"/>
     <w:rsid w:val="00244ABE"/>
     <w:rsid w:val="002632D8"/>
     <w:rsid w:val="0026412B"/>
     <w:rsid w:val="00287D31"/>
     <w:rsid w:val="002927C7"/>
     <w:rsid w:val="0029284F"/>
     <w:rsid w:val="00292BB8"/>
     <w:rsid w:val="00296336"/>
+    <w:rsid w:val="002A7A97"/>
     <w:rsid w:val="002B0637"/>
     <w:rsid w:val="002B10C5"/>
     <w:rsid w:val="002C3E97"/>
     <w:rsid w:val="002D14A2"/>
     <w:rsid w:val="002E3C68"/>
     <w:rsid w:val="002E7527"/>
     <w:rsid w:val="002F5862"/>
     <w:rsid w:val="0030145D"/>
     <w:rsid w:val="003031A3"/>
     <w:rsid w:val="00310A97"/>
     <w:rsid w:val="0032121B"/>
     <w:rsid w:val="0033599D"/>
     <w:rsid w:val="00344DD9"/>
     <w:rsid w:val="003453A9"/>
     <w:rsid w:val="00351610"/>
     <w:rsid w:val="00356052"/>
     <w:rsid w:val="00367077"/>
     <w:rsid w:val="00392504"/>
     <w:rsid w:val="003B02F9"/>
     <w:rsid w:val="003D3CAA"/>
     <w:rsid w:val="003E0C85"/>
     <w:rsid w:val="003E4C8B"/>
     <w:rsid w:val="003E6A1A"/>
     <w:rsid w:val="003F034C"/>
     <w:rsid w:val="0040072A"/>
@@ -1085,187 +2337,194 @@
     <w:rsid w:val="00667837"/>
     <w:rsid w:val="006759E8"/>
     <w:rsid w:val="006D4375"/>
     <w:rsid w:val="006E0568"/>
     <w:rsid w:val="00703D10"/>
     <w:rsid w:val="00710299"/>
     <w:rsid w:val="007167F2"/>
     <w:rsid w:val="007206DF"/>
     <w:rsid w:val="00720A33"/>
     <w:rsid w:val="00733B7B"/>
     <w:rsid w:val="00735B1E"/>
     <w:rsid w:val="0074523A"/>
     <w:rsid w:val="00751970"/>
     <w:rsid w:val="00757F57"/>
     <w:rsid w:val="00770FED"/>
     <w:rsid w:val="00784BA7"/>
     <w:rsid w:val="00791465"/>
     <w:rsid w:val="007A0254"/>
     <w:rsid w:val="007A197F"/>
     <w:rsid w:val="007A19C1"/>
     <w:rsid w:val="007C161D"/>
     <w:rsid w:val="007D218C"/>
     <w:rsid w:val="007D34C1"/>
     <w:rsid w:val="007E3CF4"/>
     <w:rsid w:val="007F39C3"/>
+    <w:rsid w:val="007F43DF"/>
     <w:rsid w:val="007F5F75"/>
     <w:rsid w:val="0081029C"/>
     <w:rsid w:val="00850E76"/>
     <w:rsid w:val="00854627"/>
     <w:rsid w:val="00870FB0"/>
     <w:rsid w:val="0088642B"/>
     <w:rsid w:val="00895378"/>
     <w:rsid w:val="00896A01"/>
     <w:rsid w:val="008A16D2"/>
     <w:rsid w:val="008A2C33"/>
     <w:rsid w:val="008B39BA"/>
     <w:rsid w:val="008D19CF"/>
     <w:rsid w:val="008E45E6"/>
     <w:rsid w:val="008E780D"/>
     <w:rsid w:val="008F2AF0"/>
     <w:rsid w:val="0090129B"/>
     <w:rsid w:val="00917020"/>
     <w:rsid w:val="00923C62"/>
     <w:rsid w:val="00923F2E"/>
     <w:rsid w:val="009351B3"/>
     <w:rsid w:val="009601BA"/>
+    <w:rsid w:val="0096123A"/>
     <w:rsid w:val="00974EE0"/>
     <w:rsid w:val="0098091D"/>
     <w:rsid w:val="00996055"/>
     <w:rsid w:val="00997770"/>
     <w:rsid w:val="009A0D36"/>
     <w:rsid w:val="009A4499"/>
     <w:rsid w:val="009A6BFC"/>
     <w:rsid w:val="009C590E"/>
     <w:rsid w:val="009E4ED7"/>
     <w:rsid w:val="009E7CAB"/>
     <w:rsid w:val="009F2DA3"/>
     <w:rsid w:val="009F4CA4"/>
     <w:rsid w:val="009F4DBA"/>
     <w:rsid w:val="00A04F4E"/>
     <w:rsid w:val="00A07F52"/>
     <w:rsid w:val="00A12307"/>
     <w:rsid w:val="00A12B7F"/>
     <w:rsid w:val="00A304F1"/>
     <w:rsid w:val="00A35E85"/>
     <w:rsid w:val="00A52364"/>
     <w:rsid w:val="00A52A65"/>
     <w:rsid w:val="00A74A01"/>
     <w:rsid w:val="00A81E2E"/>
     <w:rsid w:val="00A86948"/>
     <w:rsid w:val="00AB0679"/>
     <w:rsid w:val="00AB4491"/>
     <w:rsid w:val="00AB78F0"/>
     <w:rsid w:val="00AC1F9B"/>
     <w:rsid w:val="00AD54EE"/>
     <w:rsid w:val="00AE5D40"/>
     <w:rsid w:val="00AE74B2"/>
     <w:rsid w:val="00AF67FA"/>
     <w:rsid w:val="00B027CF"/>
     <w:rsid w:val="00B05BA8"/>
     <w:rsid w:val="00B10A5D"/>
     <w:rsid w:val="00B11A88"/>
     <w:rsid w:val="00B2613F"/>
+    <w:rsid w:val="00B27FAB"/>
     <w:rsid w:val="00B354A7"/>
     <w:rsid w:val="00B36C43"/>
     <w:rsid w:val="00B417D7"/>
     <w:rsid w:val="00B50FD9"/>
     <w:rsid w:val="00B67127"/>
     <w:rsid w:val="00B82C7C"/>
     <w:rsid w:val="00B83DAE"/>
     <w:rsid w:val="00BA412C"/>
     <w:rsid w:val="00BA4C68"/>
     <w:rsid w:val="00BB126F"/>
     <w:rsid w:val="00BD124A"/>
     <w:rsid w:val="00BD6AD1"/>
     <w:rsid w:val="00BE509C"/>
     <w:rsid w:val="00BF0387"/>
     <w:rsid w:val="00C04E03"/>
     <w:rsid w:val="00C04E19"/>
     <w:rsid w:val="00C115AC"/>
     <w:rsid w:val="00C15D58"/>
     <w:rsid w:val="00C27607"/>
     <w:rsid w:val="00C365E3"/>
     <w:rsid w:val="00C511C6"/>
     <w:rsid w:val="00C54177"/>
     <w:rsid w:val="00C8366D"/>
     <w:rsid w:val="00CA0D72"/>
     <w:rsid w:val="00CB55B5"/>
     <w:rsid w:val="00CE35A5"/>
     <w:rsid w:val="00CF38E3"/>
     <w:rsid w:val="00CF787D"/>
     <w:rsid w:val="00CF7DB3"/>
     <w:rsid w:val="00D060F5"/>
+    <w:rsid w:val="00D0690C"/>
     <w:rsid w:val="00D114ED"/>
     <w:rsid w:val="00D15AA2"/>
     <w:rsid w:val="00D22DAE"/>
     <w:rsid w:val="00D27155"/>
     <w:rsid w:val="00D331ED"/>
     <w:rsid w:val="00D5358C"/>
     <w:rsid w:val="00D643FC"/>
     <w:rsid w:val="00D7171A"/>
     <w:rsid w:val="00DA59A6"/>
     <w:rsid w:val="00DB11C3"/>
     <w:rsid w:val="00DB4A7C"/>
     <w:rsid w:val="00DB5CF5"/>
     <w:rsid w:val="00DB760E"/>
     <w:rsid w:val="00DD3340"/>
     <w:rsid w:val="00DF7173"/>
     <w:rsid w:val="00E006AA"/>
     <w:rsid w:val="00E01712"/>
     <w:rsid w:val="00E1296E"/>
     <w:rsid w:val="00E229D4"/>
     <w:rsid w:val="00E24869"/>
     <w:rsid w:val="00E37293"/>
+    <w:rsid w:val="00E379D3"/>
     <w:rsid w:val="00E50668"/>
     <w:rsid w:val="00E56DB4"/>
     <w:rsid w:val="00E65072"/>
     <w:rsid w:val="00E658EB"/>
     <w:rsid w:val="00E667E3"/>
     <w:rsid w:val="00E8253A"/>
     <w:rsid w:val="00E84FA5"/>
     <w:rsid w:val="00E86CB9"/>
     <w:rsid w:val="00E902F5"/>
     <w:rsid w:val="00E9403B"/>
     <w:rsid w:val="00E95161"/>
     <w:rsid w:val="00EA3C04"/>
     <w:rsid w:val="00EB026C"/>
     <w:rsid w:val="00EE6D42"/>
     <w:rsid w:val="00EF2230"/>
     <w:rsid w:val="00EF51D5"/>
     <w:rsid w:val="00EF64CE"/>
     <w:rsid w:val="00EF7DAA"/>
+    <w:rsid w:val="00F0142C"/>
     <w:rsid w:val="00F01994"/>
     <w:rsid w:val="00F06F86"/>
     <w:rsid w:val="00F075C7"/>
     <w:rsid w:val="00F07971"/>
     <w:rsid w:val="00F36FE6"/>
     <w:rsid w:val="00F4001B"/>
     <w:rsid w:val="00F45A1C"/>
     <w:rsid w:val="00F47799"/>
     <w:rsid w:val="00F52759"/>
     <w:rsid w:val="00F55CD9"/>
+    <w:rsid w:val="00F632E0"/>
     <w:rsid w:val="00F721C4"/>
     <w:rsid w:val="00F75092"/>
     <w:rsid w:val="00F83AE0"/>
     <w:rsid w:val="00F91D4A"/>
     <w:rsid w:val="00F945E1"/>
     <w:rsid w:val="00F94703"/>
     <w:rsid w:val="00F9494B"/>
     <w:rsid w:val="00FA441E"/>
     <w:rsid w:val="00FC6FED"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE483C"/>
     <w:rsid w:val="00FF171F"/>
     <w:rsid w:val="00FF3A07"/>
     <w:rsid w:val="00FF64BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -1983,70 +3242,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>599</Characters>
+  <Pages>4</Pages>
+  <Words>418</Words>
+  <Characters>2385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>702</CharactersWithSpaces>
+  <CharactersWithSpaces>2798</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Phil</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>